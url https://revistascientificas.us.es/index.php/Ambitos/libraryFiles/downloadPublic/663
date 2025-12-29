--- v0 (2025-12-11)
+++ v1 (2025-12-29)
@@ -4,153 +4,95 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="19F2CB6B" w14:textId="66431A99" w:rsidR="00851A21" w:rsidRPr="00AE2044" w:rsidRDefault="00AE2044" w:rsidP="00031A5C">
       <w:pPr>
         <w:pStyle w:val="10TtuloPpal"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AE2044">
-        <w:t>Title</w:t>
-[...27 lines deleted...]
-        <w:t>/Portuguese/English</w:t>
+        <w:t>Title of article in Spanish/Portuguese/English</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00851A21" w:rsidRPr="00851A21">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>10_</w:t>
       </w:r>
       <w:r w:rsidR="00851A21" w:rsidRPr="00D424A1">
         <w:rPr>
           <w:rStyle w:val="estilo"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>Titulo</w:t>
       </w:r>
       <w:r w:rsidR="00851A21" w:rsidRPr="00851A21">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>_Ppal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="127274E8" w14:textId="02317CF8" w:rsidR="00CA7BD1" w:rsidRDefault="00AE2044" w:rsidP="00031A5C">
       <w:pPr>
         <w:pStyle w:val="11TtuloSec"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AE2044">
-        <w:t>Article</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Article title translation in English/Spanish </w:t>
       </w:r>
       <w:r w:rsidR="00851A21" w:rsidRPr="00D424A1">
         <w:rPr>
           <w:rStyle w:val="estilo"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>11_Titulo_Sec.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BFBA220" w14:textId="77777777" w:rsidR="007E0159" w:rsidRPr="00D424A1" w:rsidRDefault="007E0159" w:rsidP="00D424A1">
       <w:pPr>
         <w:pStyle w:val="20Autor"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">Luis </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424A1">
         <w:t>Cernuda</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve"> Bidón </w:t>
       </w:r>
@@ -379,186 +321,86 @@
           <w:caps/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00AE2044" w:rsidRPr="00AE2044">
         <w:rPr>
           <w:caps/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>PUT AN ASTERISK (*) AFTER YOUR SECOND SURNAME TO INDICATE THE AUTHOR WHO HAS SUBMITTED THE ARTICLE TO THE JOURNAL AND WILL BE IN CONTACT WITH THE EDITORIAL TEAM DURING THE PUBLICATION PROCESS, ONLY FOR ARTICLES WITH MORE THAN ONE AUTHOR.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE2044">
         <w:rPr>
           <w:caps/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F0BA3B0" w14:textId="5411BB75" w:rsidR="001B32E4" w:rsidRPr="00B96D20" w:rsidRDefault="00AE2044" w:rsidP="00AE2044">
       <w:pPr>
         <w:pStyle w:val="22Fechas"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AE2044">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Received</w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> 00/00/2025 </w:t>
+        <w:t xml:space="preserve">Received 00/00/2025 - Accepted 00/00/2025 - Published 00/00/2025 </w:t>
       </w:r>
       <w:r w:rsidR="00D424A1" w:rsidRPr="00D424A1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>22_Fechas</w:t>
       </w:r>
       <w:r w:rsidR="00031A5C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AE2044">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>To</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AE2044">
+        <w:t xml:space="preserve">To be filled in by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00933024">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be </w:t>
-[...61 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>editorial team)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C935F52" w14:textId="77777777" w:rsidR="005B592C" w:rsidRPr="00031A5C" w:rsidRDefault="00CB1E76" w:rsidP="00D424A1">
       <w:pPr>
         <w:pStyle w:val="30ResumenTit"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00031A5C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="cyan"/>
@@ -580,79 +422,51 @@
         </w:rPr>
         <w:t>By checking the top right option ‘Styles panel’ you can keep the style presented by the template</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0079250E" w:rsidRPr="00B96D20">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">This should include about 250 words to explain concisely the central theme of the study, the rationale for the topic, essential objectives, methodology of the study and main findings. The abstract should be no less than 200 words and no more than 250 words. Arial font, size 10, italics, single spaced, left and right justified. </w:t>
       </w:r>
       <w:r w:rsidR="00FE1B6B" w:rsidRPr="00B96D20">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Authors must check that their manuscript meets all of the following requirements: the publication must be original, not previously published (neither in part nor in full); not submitted, during the evaluation and publication process, to other journals; the author subscribes, with his/her submission, to the international authors' code of ethics governing responsible scientific publishing; all authors must complete their profile, including their current affiliation information and ORCID number; the article will be submitted through the OJS platform; it is essential that all authors are registered, have a profile in the journal and have it linked to their ORCID before submitting the article; it is also very important that all the metadata required from the authors are filled in</w:t>
       </w:r>
       <w:r w:rsidR="00143925" w:rsidRPr="00B96D20">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">; use italics only for magazines, newspapers, books, television and radio </w:t>
-[...27 lines deleted...]
-        <w:t>, if you are going to write numbers and percentages, you should write them separately, following this example: 3 %.</w:t>
+        <w:t>; use italics only for magazines, newspapers, books, television and radio programmes and foreign words; following the recommendations of the RAE and Fundeu, if you are going to write numbers and percentages, you should write them separately, following this example: 3 %.</w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00DB5B17">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="693DA398" w14:textId="77777777" w:rsidR="00066B4A" w:rsidRDefault="00CB1E76" w:rsidP="00087DDE">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:rPr>
@@ -721,142 +535,112 @@
         <w:rPr>
           <w:caps/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Maximum of five words, in lower case, separated by commas and with a full stop at the end, in italics</w:t>
       </w:r>
       <w:r w:rsidR="00D25F72" w:rsidRPr="00D25F72">
         <w:rPr>
           <w:caps/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79FFB0CD" w14:textId="77777777" w:rsidR="00AE2044" w:rsidRPr="00D424A1" w:rsidRDefault="00AE2044" w:rsidP="00AE2044">
       <w:pPr>
         <w:pStyle w:val="22Fechas"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00AE2044">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">editorial </w:t>
-[...13 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>editorial team)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="612E9950" w14:textId="77777777" w:rsidR="00AE2044" w:rsidRPr="00D25F72" w:rsidRDefault="00AE2044" w:rsidP="00AE2044">
       <w:pPr>
         <w:pStyle w:val="30ResumenTit"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D25F72">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Resumen</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Resumen </w:t>
       </w:r>
       <w:r w:rsidRPr="00D25F72">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>30_Resumen_Tit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BC812E" w14:textId="77777777" w:rsidR="00AE2044" w:rsidRPr="00B96D20" w:rsidRDefault="00AE2044" w:rsidP="00AE2044">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
       <w:r w:rsidRPr="00A5100C">
         <w:t xml:space="preserve">Marcando la opción superior derecha “Panel de estilos” puede mantener el estilo </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
       <w:r w:rsidRPr="00A5100C">
         <w:t>present</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5100C">
         <w:t xml:space="preserve"> la plantilla. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">Se incluirán aquí unas 250 palabras para explicar de forma concisa el tema central del estudio, la justificación del tema, objetivos esenciales, metodología del estudio y principales hallazgos. Este resumen </w:t>
       </w:r>
       <w:r w:rsidRPr="002F7115">
         <w:t>no</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve"> debe contener menos de 200 palabras ni más de 250. Se utilizará un solo párrafo. Letra Arial, cuerpo 10, interlineado sencillo, justificado a derecha e izquierda. Los/las autores/as deben comprobar que su manuscrito cumple con todos los requisitos que se muestran a continuación: la publicación ha de ser original, no publicada con anterioridad (ni parcial ni en su </w:t>
       </w:r>
       <w:r w:rsidRPr="00B96D20">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">totalidad); no enviada, durante el proceso de evaluación y publicación, a otras revistas; el/la autor/a se suscribe con su envío al código ético internacional de autores/as que regula las publicaciones científicas responsables; todos los/las autores/as deben completar su perfil, incluyendo </w:t>
       </w:r>
       <w:r w:rsidRPr="00A15222">
         <w:t>obligatoriamente</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96D20">
-        <w:t xml:space="preserve"> la información de filiación actual y su número ORCID; el artículo será enviado a través de la plataforma OJS; es imprescindible que todos los autores/as estén registrados, tengan perfil en la revista y lo tengan enlazados a su ORCID antes de hacer el envío del artículo; asimismo, es muy importante que se rellenen todos los metadatos requeridos a los/las autores/as; utilice las cursivas solo para revistas, periódicos, libros, programas de televisión y radio y palabras extranjeras; siguiendo las recomendaciones de la RAE y la </w:t>
-[...7 lines deleted...]
-        <w:t>, si va a escribir números y tantos por cientos, debe de escribirlos separados, siguiendo este ejemplo: 3 %.</w:t>
+        <w:t xml:space="preserve"> la información de filiación actual y su número ORCID; el artículo será enviado a través de la plataforma OJS; es imprescindible que todos los autores/as estén registrados, tengan perfil en la revista y lo tengan enlazados a su ORCID antes de hacer el envío del artículo; asimismo, es muy importante que se rellenen todos los metadatos requeridos a los/las autores/as; utilice las cursivas solo para revistas, periódicos, libros, programas de televisión y radio y palabras extranjeras; siguiendo las recomendaciones de la RAE y la Fundeu, si va a escribir números y tantos por cientos, debe de escribirlos separados, siguiendo este ejemplo: 3 %.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B4A9DE" w14:textId="77777777" w:rsidR="00AE2044" w:rsidRPr="00B96D20" w:rsidRDefault="00AE2044" w:rsidP="00AE2044">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">: desinformación, redes sociales, polarización, ética, calidad periodística. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D25F72">
@@ -874,3092 +658,706 @@
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56579BC5" w14:textId="77777777" w:rsidR="00AE2044" w:rsidRPr="00D25F72" w:rsidRDefault="00AE2044" w:rsidP="00087DDE">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CB9E83D" w14:textId="4F95F8D0" w:rsidR="009B4A74" w:rsidRPr="00A15222" w:rsidRDefault="009B4A74" w:rsidP="00A15222">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A15222">
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AE2044" w:rsidRPr="00AE2044">
         <w:t>Introduction</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009E599B" w:rsidRPr="00A15222">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>41_Enunc_1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="005A1921" w14:textId="77777777" w:rsidR="003A7FDB" w:rsidRDefault="00AE2044" w:rsidP="00A15222">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AE2044">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">The article should be between </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE2044">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">5,500 and 7,500 </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>5,500 and 7,500 words</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AE2044">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE2044">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="030F6D31" w14:textId="6A9499AD" w:rsidR="00CF7FC8" w:rsidRPr="00B96D20" w:rsidRDefault="003A7FDB" w:rsidP="00A15222">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A7FDB">
-        <w:t>The</w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> cinema </w:t>
+        <w:t xml:space="preserve">The famous Orson Welles, renowned for his work in the world of cinema </w:t>
       </w:r>
       <w:r w:rsidR="00CD66CC" w:rsidRPr="00B96D20">
         <w:t>(Ruiz et al</w:t>
       </w:r>
       <w:r w:rsidR="00CF7FC8" w:rsidRPr="00B96D20">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CD66CC" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">, 2023) </w:t>
       </w:r>
       <w:r w:rsidR="00CD66CC" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:bCs/>
           <w:caps/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00AE2044" w:rsidRPr="00AE2044">
         <w:rPr>
           <w:bCs/>
           <w:caps/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>THE EXPRESSION ET AL. IS NOT ITALICISED</w:t>
       </w:r>
       <w:r w:rsidR="00CD66CC" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:bCs/>
           <w:caps/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
       <w:r w:rsidR="00CF7FC8" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A7FDB">
-        <w:t>On</w:t>
-[...187 lines deleted...]
-        <w:t xml:space="preserve">’. </w:t>
+        <w:t xml:space="preserve">On the other hand, Ira Glass, producer of the hit podcast This American Life, emphasised the importance of providing ‘visual elements to the audience to create an enriching radio experience’. </w:t>
       </w:r>
       <w:r w:rsidR="00CF7FC8" w:rsidRPr="00B96D20">
         <w:t>(De Beauvoir, 2015, p. 21).</w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00DB5B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC9C30" w14:textId="04FA9E35" w:rsidR="00CF7FC8" w:rsidRDefault="003A7FDB" w:rsidP="00A15222">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A7FDB">
-        <w:t>Before</w:t>
-[...127 lines deleted...]
-        <w:t>context</w:t>
+        <w:t>Before delving deeper into the issue, it is crucial to establish the limits of this analysis in various context</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FE1B6B" w:rsidRPr="00B96D20">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:bCs/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidR="00CF7FC8" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C64DED" w:rsidRPr="00C64DED">
-        <w:t xml:space="preserve">In </w:t>
-[...103 lines deleted...]
-        <w:t xml:space="preserve"> and García-Marín et al.</w:t>
+        <w:t>In this sense, we will focus on documentary podcasts according to the conceptualisation proposed by and García-Marín et al.</w:t>
       </w:r>
       <w:r w:rsidR="00CD66CC" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve"> (2024)</w:t>
       </w:r>
       <w:r w:rsidR="00CF7FC8" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF7FC8" w:rsidRPr="00295D0E">
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="003A7FDB">
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>WHEN THERE ARE TWO AUTHORS, JOIN THEM WITH &amp;; IF THERE ARE THREE OR MORE, ONLY USE THE SURNAME OF THE FIRST AUTHOR ET AL</w:t>
       </w:r>
       <w:r w:rsidR="00CF7FC8" w:rsidRPr="00295D0E">
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00CF7FC8" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C64DED" w:rsidRPr="00C64DED">
-        <w:t>those</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> podcasts</w:t>
+        <w:t>those who identify them as narrative non-fiction podcasts</w:t>
       </w:r>
       <w:r w:rsidR="00CF7FC8" w:rsidRPr="00B96D20">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00DB5B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07609770" w14:textId="43309EB8" w:rsidR="00A15222" w:rsidRPr="00A15222" w:rsidRDefault="003A7FDB" w:rsidP="00C769F4">
       <w:pPr>
         <w:pStyle w:val="zzexplicacin"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A7FDB">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Textual </w:t>
-[...195 lines deleted...]
-        <w:t xml:space="preserve"> page.</w:t>
+        <w:t>Textual quotation of more than 40 words, indented. According to APA, the full stop must precede the parenthesis pointing to the page.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9E5E6E" w14:textId="5206D24C" w:rsidR="00CF7FC8" w:rsidRPr="00B96D20" w:rsidRDefault="003A7FDB" w:rsidP="00A15222">
       <w:pPr>
         <w:pStyle w:val="50cita"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A7FDB">
-        <w:t>It</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve"> place. </w:t>
+        <w:t xml:space="preserve">It is not limited to certain themes, but its variety of subjects is remarkable and it also has a notable presence of narrative resources, with the way the story is told occupying a substantial place. </w:t>
       </w:r>
       <w:r w:rsidR="00CF7FC8" w:rsidRPr="00B96D20">
         <w:t>(p. 323)</w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00A15222">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>50_cita</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19995D67" w14:textId="7CF0C51E" w:rsidR="00E60FAB" w:rsidRPr="00B96D20" w:rsidRDefault="00E60FAB" w:rsidP="00A15222">
       <w:pPr>
         <w:pStyle w:val="42Enunc2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C64DED" w:rsidRPr="00C64DED">
-        <w:t>History</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">History of Social Communication </w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>42_Enunc_2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA0E59A" w14:textId="509A0E00" w:rsidR="00E60FAB" w:rsidRPr="00B96D20" w:rsidRDefault="00E60FAB" w:rsidP="00A15222">
       <w:pPr>
         <w:pStyle w:val="43Enunc3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A15222">
         <w:t xml:space="preserve">1.1.1. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C64DED" w:rsidRPr="00C64DED">
-        <w:t>The</w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The study of communication</w:t>
+      </w:r>
       <w:r w:rsidR="00C64DED" w:rsidRPr="00C64DED">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>_Enunc_3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56950CBA" w14:textId="00FEA768" w:rsidR="00E60FAB" w:rsidRPr="00A15222" w:rsidRDefault="00E60FAB" w:rsidP="00A15222">
       <w:pPr>
         <w:pStyle w:val="44Enunc4"/>
       </w:pPr>
       <w:r w:rsidRPr="00A15222">
         <w:t xml:space="preserve">1.1.1.1. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C64DED" w:rsidRPr="00C64DED">
-        <w:t>Early</w:t>
-[...33 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Early forms of written communication</w:t>
+      </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00A15222">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>44_Enunc_4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F1615DC" w14:textId="605FD492" w:rsidR="00615C3D" w:rsidRDefault="008732EA" w:rsidP="00A15222">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C64DED" w:rsidRPr="00C64DED">
-        <w:t>Theoretical</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> art </w:t>
+        <w:t xml:space="preserve">Theoretical framework/Status of art </w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>41_Enunc_1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D516E09" w14:textId="795EBB9C" w:rsidR="00CD66CC" w:rsidRPr="00B96D20" w:rsidRDefault="00C64DED" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C64DED">
-        <w:t>There</w:t>
-[...91 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">There is no single classification of podcasts, but when considering their format, several authors </w:t>
       </w:r>
       <w:r w:rsidR="00CD66CC" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">(Azorín et al., 2015; García &amp; Cuartero, 2016; Sáenz, 2024) </w:t>
       </w:r>
       <w:r w:rsidR="00CD66CC" w:rsidRPr="005F5488">
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64DED">
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>WHEN SEVERAL WORKS BY DIFFERENT AUTHORS ARE CITED, THEY SHALL BE LISTED IN ALPHABETICAL ORDER OF AUTHORSHIP</w:t>
       </w:r>
       <w:r w:rsidR="00CD66CC" w:rsidRPr="00E962E6">
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00CD66CC" w:rsidRPr="00B96D20">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00DB5B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A15222" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F75CA9" w14:textId="7B31D2DE" w:rsidR="008732EA" w:rsidRPr="00E962E6" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A2520A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Influencers</w:t>
-[...412 lines deleted...]
-        <w:t>, 2021).</w:t>
+        <w:t>Influencers have been incorporated as a new category in the estimated media and since 2019, their growth has been constant (Ruiz &amp; Salgado, 2022). In addition, 43% are aware that the content published is of an advertising nature and only 33% of followers consider them credible (IAB Spain, 2021).</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27AA8FF2" w14:textId="47E61D7C" w:rsidR="00615C3D" w:rsidRDefault="00EF1928" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A2520A" w:rsidRPr="00A2520A">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Objectives</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Objectives and methodology </w:t>
       </w:r>
       <w:r w:rsidR="00E962E6" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>41_Enunc_1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5560F481" w14:textId="3FF602DA" w:rsidR="003F17AE" w:rsidRPr="00615C3D" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A2520A">
         <w:lastRenderedPageBreak/>
-        <w:t>This</w:t>
-[...211 lines deleted...]
-        <w:t xml:space="preserve"> 2016 and 2020</w:t>
+        <w:t>This work presents a mixed methodology. With regard to the quantitative method, it has been decided to classify three variables of 26 documentary series published in Spain over a period of five years, between 2016 and 2020</w:t>
       </w:r>
       <w:r w:rsidR="003F17AE" w:rsidRPr="00B96D20">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00DB5B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0390DE8C" w14:textId="3B2214E9" w:rsidR="00615C3D" w:rsidRDefault="008732EA" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_heading=h.1m6kmzd4wadl" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A2520A" w:rsidRPr="00A2520A">
         <w:t>Results</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00087DDE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>41_Enunc_1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B640A0" w14:textId="42EDF70E" w:rsidR="00E74C14" w:rsidRPr="00B96D20" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A2520A">
-        <w:t>Taking</w:t>
-[...131 lines deleted...]
-        <w:t xml:space="preserve"> order.</w:t>
+        <w:t>Taking into account the aforementioned variables, the formats on which the analysis is carried out are presented below in chronological order.</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55DA3AED" w14:textId="3C870BD0" w:rsidR="008732EA" w:rsidRPr="00B96D20" w:rsidRDefault="00B22EAE" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">4.1. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A2520A" w:rsidRPr="00A2520A">
-        <w:t>The</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">The most listened to podcasts in Spain </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>_Enunc_</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00DB5B17">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30137927" w14:textId="35376855" w:rsidR="00B22EAE" w:rsidRPr="00B96D20" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
       <w:r w:rsidRPr="00A2520A">
-        <w:t xml:space="preserve">As can be </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>As can be seen in Figure 1 [</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A2520A">
-        <w:t>seen</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>CITE ALL TABLES AND FIGURES IN TEXT</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A2520A">
-        <w:t xml:space="preserve"> in Figure 1 [</w:t>
-[...56 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>], the tasks related to information distribution.</w:t>
       </w:r>
       <w:r w:rsidR="00F655C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761BABF3" w14:textId="455A880C" w:rsidR="00B22EAE" w:rsidRPr="00A2520A" w:rsidRDefault="00A2520A" w:rsidP="00DB5B17">
       <w:pPr>
         <w:pStyle w:val="zzexplicacin"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2520A">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tables and </w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Tables and graphs in editable format</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1EA080DE" w14:textId="696378E5" w:rsidR="00E962E6" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="90FigNumb"/>
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2520A">
         <w:t>Figure</w:t>
       </w:r>
       <w:r w:rsidR="00B22EAE" w:rsidRPr="00E962E6">
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="00E962E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E962E6" w:rsidRPr="00E962E6">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>90_Fig_</w:t>
       </w:r>
       <w:r w:rsidR="00E962E6">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>Numb</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC1351F" w14:textId="77777777" w:rsidR="00A2520A" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="90FigNumb"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E7C743B" w14:textId="51C3E351" w:rsidR="00E962E6" w:rsidRPr="00E962E6" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="91FigTitle"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A2520A">
-        <w:t>Aspects</w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Aspects or areas in which AI is used </w:t>
       </w:r>
       <w:r w:rsidR="00E962E6" w:rsidRPr="00E962E6">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>91_Fig_Title</w:t>
       </w:r>
       <w:r w:rsidR="00E962E6">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5783BC05" w14:textId="77777777" w:rsidR="006B22DB" w:rsidRPr="00B96D20" w:rsidRDefault="006B22DB" w:rsidP="002F7115">
       <w:r w:rsidRPr="00B96D20">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3380F0BA" wp14:editId="749FE642">
             <wp:extent cx="4572000" cy="2743200"/>
             <wp:effectExtent l="0" t="0" r="12700" b="12700"/>
             <wp:docPr id="1951910748" name="Gráfico 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7520D24F-9DFA-D9C5-A347-FED9517423BB}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="73D0FBAE" w14:textId="38293D83" w:rsidR="005B592C" w:rsidRPr="00B96D20" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="99Fuente"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A2520A">
-        <w:t>Source</w:t>
-[...19 lines deleted...]
-        <w:t>. [</w:t>
+        <w:t>Source. Own elaboration. [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>FINAL POINT</w:t>
       </w:r>
       <w:r w:rsidRPr="00A2520A">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00E962E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E962E6" w:rsidRPr="00E962E6">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>99_Fuente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="335449AF" w14:textId="663D4E36" w:rsidR="006B22DB" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A2520A">
-        <w:t>Taken</w:t>
-[...209 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Taken together, these data suggest that sound documentaries in Spain follow a model in which the narrator not only communicates the story, but also plays an active role in the research and construction of the story</w:t>
+      </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00B96D20">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00DB5B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43C1599A" w14:textId="77777777" w:rsidR="00A2520A" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="245FF0E7" w14:textId="77777777" w:rsidR="00A2520A" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75B04788" w14:textId="77777777" w:rsidR="00A2520A" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
@@ -3998,780 +1396,264 @@
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidR="00E962E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E962E6" w:rsidRPr="00E962E6">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>90_Fig_</w:t>
       </w:r>
       <w:r w:rsidR="00E962E6">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>Numb</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FC9137F" w14:textId="28B2E231" w:rsidR="006B22DB" w:rsidRPr="000B2424" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="91FigTitle"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A2520A">
-        <w:t>Origin</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> to podcasts </w:t>
+        <w:t xml:space="preserve">Origin of the most listened to podcasts </w:t>
       </w:r>
       <w:r w:rsidR="00E962E6" w:rsidRPr="00E962E6">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>91_Fig_Title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FFDBB57" w14:textId="77777777" w:rsidR="00DE0FE2" w:rsidRPr="00B96D20" w:rsidRDefault="006B22DB" w:rsidP="002F7115">
       <w:r w:rsidRPr="00B96D20">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35517840" wp14:editId="117EF5E9">
             <wp:extent cx="3763010" cy="2067339"/>
             <wp:effectExtent l="0" t="0" r="8890" b="15875"/>
             <wp:docPr id="2069272793" name="Gráfico 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{179A53F5-3242-3966-9CC3-0CB8E64F58D9}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6408C807" w14:textId="30D94B04" w:rsidR="008732EA" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="99Fuente"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A2520A">
-        <w:t>Source</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Source. Own elaboration. </w:t>
       </w:r>
       <w:r>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00A2520A">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>FINAL POINT</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="00F30891" w:rsidRPr="00E962E6">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>99_Fuente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FEEA310" w14:textId="562FE6DA" w:rsidR="008732EA" w:rsidRPr="00B96D20" w:rsidRDefault="008732EA" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="42Enunc2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">4.2. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A2520A" w:rsidRPr="00A2520A">
-        <w:t>Financing</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> podcasts </w:t>
+        <w:t xml:space="preserve">Financing the first podcasts </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:b/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE">
         <w:rPr>
           <w:b/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:b/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>_Enunc</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00DB5B17">
         <w:rPr>
           <w:b/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>_2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40F27394" w14:textId="36210B95" w:rsidR="003F1854" w:rsidRPr="00B96D20" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A2520A">
-        <w:t>The</w:t>
-[...65 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The main financing models observed in this first stage were</w:t>
+      </w:r>
       <w:r w:rsidR="003F1854" w:rsidRPr="00B96D20">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3048DBA5" w14:textId="18207F44" w:rsidR="003F1854" w:rsidRPr="00087DDE" w:rsidRDefault="00A2520A" w:rsidP="00087DDE">
       <w:pPr>
         <w:pStyle w:val="60ListNum"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A2520A">
-        <w:t>Self-financing</w:t>
-[...81 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Self-financing: Many independent creators started out by financing their own projects</w:t>
+      </w:r>
       <w:r w:rsidR="003F1854" w:rsidRPr="00087DDE">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00DB5B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>60_List_Num</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761F0B7A" w14:textId="73C76651" w:rsidR="003F1854" w:rsidRPr="00087DDE" w:rsidRDefault="00A2520A" w:rsidP="00087DDE">
       <w:pPr>
         <w:pStyle w:val="60ListNum"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A2520A">
-        <w:t>Sponsorships</w:t>
-[...140 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Sponsorships: As the format gained popularity, some brands began to see podcasts as an opportunity to advertise their products or services.</w:t>
       </w:r>
       <w:r w:rsidR="003F1854" w:rsidRPr="00087DDE">
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00087DDE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>60_List_Num</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20082C8D" w14:textId="420E7D6C" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
       <w:r w:rsidRPr="00A2520A">
-        <w:t xml:space="preserve">Figure 2 </w:t>
-[...101 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Figure 2 shows whether the topics of the submitted podcasts correspond to a local, national, regional or international scope</w:t>
+      </w:r>
       <w:r w:rsidR="00B96D20" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74A1DFFB" w14:textId="7B54B190" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00B96D20" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="90FigNumb"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:t>Tabl</w:t>
       </w:r>
       <w:r w:rsidR="00A2520A">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="00F30891">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F30891" w:rsidRPr="00E962E6">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>90_Fig_</w:t>
       </w:r>
       <w:r w:rsidR="00F30891">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>Numb</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="011A9A52" w14:textId="2DD6FB33" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00A2520A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="91FigTitle"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A2520A">
-        <w:t>Gender</w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> podcasts</w:t>
+        <w:t>Gender and profession of broadcasters of major podcasts</w:t>
       </w:r>
       <w:r w:rsidRPr="00A2520A">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F30891" w:rsidRPr="00E962E6">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>91_Fig_Title</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9061" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
@@ -4814,143 +1696,137 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10C0D035" w14:textId="4D6FFC65" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00B96D20" w:rsidP="002F7115">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B96D20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Gr</w:t>
             </w:r>
             <w:r w:rsidR="00A2520A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>oup</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2294" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5000346E" w14:textId="68908264" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00A2520A" w:rsidP="002F7115">
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Gender</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="32E83C20" w14:textId="7FF6A59A" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00A2520A" w:rsidP="002F7115">
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="12575B23" w14:textId="37C6790D" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00A2520A" w:rsidP="002F7115">
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Occupation</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96D20" w:rsidRPr="00B96D20" w14:paraId="4160EA15" w14:textId="77777777" w:rsidTr="00DC0537">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="68133AE3" w14:textId="77777777" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00B96D20" w:rsidP="002F7115">
             <w:r w:rsidRPr="00B96D20">
@@ -4986,129 +1862,111 @@
             <w:r w:rsidRPr="00B96D20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>GF1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2294" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="23841DE4" w14:textId="24E3C372" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00A2520A" w:rsidP="002F7115">
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E7B820E" w14:textId="77777777" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00B96D20" w:rsidP="002F7115">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B96D20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="03391ED8" w14:textId="7E4C2915" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00A2520A" w:rsidP="002F7115">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A2520A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
-              <w:t>Commercial</w:t>
+              <w:t>Commercial Director</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96D20" w:rsidRPr="00B96D20" w14:paraId="015D4897" w14:textId="77777777" w:rsidTr="00DC0537">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3E010884" w14:textId="77777777" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00B96D20" w:rsidP="002F7115">
             <w:r w:rsidRPr="00B96D20">
@@ -5144,116 +2002,112 @@
             <w:r w:rsidRPr="00B96D20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>GF1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2294" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3489A61D" w14:textId="7B9D8882" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00B96D20" w:rsidP="002F7115">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B96D20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Fe</w:t>
             </w:r>
             <w:r w:rsidR="00A2520A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>male</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1FB67271" w14:textId="77777777" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00B96D20" w:rsidP="002F7115">
             <w:r w:rsidRPr="00B96D20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="35510C9A" w14:textId="395BD8AA" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00A2520A" w:rsidP="002F7115">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A2520A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Entrepreneur</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96D20" w:rsidRPr="00B96D20" w14:paraId="693819D4" w14:textId="77777777" w:rsidTr="00DC0537">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72B677C2" w14:textId="77777777" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00B96D20" w:rsidP="002F7115">
             <w:r w:rsidRPr="00B96D20">
@@ -5345,72 +2199,56 @@
             <w:r w:rsidRPr="00B96D20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10C4CEA4" w14:textId="58F5B33E" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002F7115">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
-              <w:t>Technical</w:t>
+              <w:t>Technical Assistant</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96D20" w:rsidRPr="00B96D20" w14:paraId="1DB2F80C" w14:textId="77777777" w:rsidTr="00DC0537">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2843D952" w14:textId="77777777" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00B96D20" w:rsidP="002F7115">
             <w:r w:rsidRPr="00B96D20">
@@ -5502,468 +2340,146 @@
             <w:r w:rsidRPr="00B96D20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1FFBE5FE" w14:textId="50967561" w:rsidR="00B96D20" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002F7115">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B96D20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Profes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96D20">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="75E2B5BB" w14:textId="3D5800B5" w:rsidR="004910D8" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="99Fuente"/>
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00303062">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Source</w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> EGM data</w:t>
+        <w:t>Source. Own elaboration based on EGM data</w:t>
       </w:r>
       <w:r w:rsidR="004910D8" w:rsidRPr="00B96D20">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F30891" w:rsidRPr="00DB5B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F30891" w:rsidRPr="00E962E6">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>99_Fuente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1562AAD1" w14:textId="4FD3F60E" w:rsidR="00171179" w:rsidRPr="00B96D20" w:rsidRDefault="00171179" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00303062" w:rsidRPr="00303062">
-        <w:t>Discussion</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Discussion and conclusions </w:t>
       </w:r>
       <w:r w:rsidR="002D3DC6" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>41_Enunc_1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="053FCC5A" w14:textId="64926852" w:rsidR="003F1854" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00303062">
-        <w:t>This</w:t>
-[...211 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>This evolution, driven by technological advances and changes in media consumption habits, has allowed the format to move beyond the initial limitations of broadcasting to become a dynamic and globally accessible storytelling tool.</w:t>
       </w:r>
       <w:r w:rsidR="003F1854" w:rsidRPr="00B96D20">
-        <w:t xml:space="preserve"> (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, 2002). </w:t>
+        <w:t xml:space="preserve"> (Crisell, 2002). </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B8F438D" w14:textId="40F5B1E7" w:rsidR="002D3DC6" w:rsidRDefault="00171179" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00303062" w:rsidRPr="00303062">
-        <w:t>Funding</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Funding and support </w:t>
       </w:r>
       <w:r w:rsidR="002D3DC6" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>41_Enunc_1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="421F7487" w14:textId="045810D3" w:rsidR="00171179" w:rsidRPr="002D3DC6" w:rsidRDefault="00B03D1A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D3DC6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D3DC6">
@@ -5989,248 +2505,82 @@
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">BLIND </w:t>
       </w:r>
       <w:r w:rsidR="00303062" w:rsidRPr="00303062">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>VERSION</w:t>
       </w:r>
       <w:r w:rsidRPr="002D3DC6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BC64612" w14:textId="02A77FE1" w:rsidR="00171179" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00303062">
         <w:lastRenderedPageBreak/>
-        <w:t>Study</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Study supported or funded by </w:t>
       </w:r>
       <w:r w:rsidR="00171179" w:rsidRPr="00B96D20">
         <w:t>(…).</w:t>
       </w:r>
       <w:r w:rsidR="00DB5B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107AF104" w14:textId="0DBA44D9" w:rsidR="002D3DC6" w:rsidRDefault="00000556" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00303062" w:rsidRPr="00303062">
-        <w:t>Statement</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Statement on the specific contribution of each of the authorships, according to </w:t>
+      </w:r>
       <w:r w:rsidR="00303062" w:rsidRPr="00303062">
-        <w:t xml:space="preserve"> </w:t>
-[...90 lines deleted...]
-      <w:r w:rsidR="00303062" w:rsidRPr="00303062">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Contributor</w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve">Contributor Role Taxonomy (CRediT) </w:t>
       </w:r>
       <w:r w:rsidR="002D3DC6" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>41_Enunc_1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="577CDD13" w14:textId="6DAD72CD" w:rsidR="00000556" w:rsidRPr="002D3DC6" w:rsidRDefault="00B03D1A" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D3DC6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
@@ -6255,612 +2605,458 @@
           <w:b w:val="0"/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> VERSION]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3643"/>
         <w:gridCol w:w="2027"/>
       </w:tblGrid>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="678E95D6" w14:textId="4D76A468" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C3A0BB3" w14:textId="20CB5397" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
               <w:t>Conceptualization</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09DFBE27" w14:textId="6804630A" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00303062">
               <w:t>uthor</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B96D20">
               <w:t xml:space="preserve"> 1, 2 y 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="3D6F872E" w14:textId="7308329A" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6417315E" w14:textId="5EF53773" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
             <w:r w:rsidRPr="00303062">
-              <w:t xml:space="preserve">Data </w:t>
+              <w:t>Data curation</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68CDE24D" w14:textId="07C360F4" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00303062">
               <w:t>uthor</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B96D20">
               <w:t xml:space="preserve">  4</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="32585A29" w14:textId="7D7C5530" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA1B611" w14:textId="59002408" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
             <w:r w:rsidRPr="00303062">
-              <w:t xml:space="preserve">Formal </w:t>
+              <w:t>Formal analysis</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28D29985" w14:textId="6D6B1893" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B96D20">
               <w:t>Aut</w:t>
             </w:r>
             <w:r>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96D20">
-              <w:t>or</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 3 y 4</w:t>
+              <w:t>or 3 y 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="7EB9C545" w14:textId="2C3259FC" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02879E61" w14:textId="02E6BD28" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
-              <w:t>Funding</w:t>
+              <w:t>Funding acquisition</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27D3ADA8" w14:textId="740AAB84" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
-              <w:t>Not</w:t>
+              <w:t>Not applicable</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="2B255726" w14:textId="457CB7F9" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37D1E499" w14:textId="42893852" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
               <w:t>Investigation</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A3B973B" w14:textId="409AB87D" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B96D20">
               <w:t>Aut</w:t>
             </w:r>
             <w:r>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96D20">
-              <w:t>or</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 1</w:t>
+              <w:t>or 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="46D78935" w14:textId="1B06F59A" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="528D26CB" w14:textId="02D443C9" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
               <w:t>Methodology</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C16195C" w14:textId="0AA45B45" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B96D20">
               <w:t>Aut</w:t>
             </w:r>
             <w:r>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96D20">
-              <w:t>or</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+              <w:t>or 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="2C5C6D93" w14:textId="6DBE403D" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55B7853A" w14:textId="2025F823" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
             <w:r w:rsidRPr="00303062">
-              <w:t xml:space="preserve">Project </w:t>
+              <w:t>Project administration</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C7EED24" w14:textId="5E4E20F5" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B96D20">
               <w:t>Aut</w:t>
             </w:r>
             <w:r>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96D20">
-              <w:t>or</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 1, 2, 3 y 4</w:t>
+              <w:t>or 1, 2, 3 y 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="0C8215F1" w14:textId="19ED633E" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70E45EAA" w14:textId="32E6B2CA" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
               <w:t>Resources</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04109DCB" w14:textId="34E23A45" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
-              <w:t>Not</w:t>
+              <w:t>Not applicable</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="72631B50" w14:textId="336B0DD1" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="759083EE" w14:textId="77777777" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
             <w:r w:rsidRPr="00B96D20">
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4422494E" w14:textId="63EF3F88" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
-              <w:t>Not</w:t>
+              <w:t>Not applicable</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="2A597054" w14:textId="1FA34E64" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F1BAE11" w14:textId="7D733E66" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
               <w:t>Supervision</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43F1B27E" w14:textId="76534E5D" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B96D20">
               <w:t>Aut</w:t>
             </w:r>
             <w:r>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96D20">
-              <w:t>or</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+              <w:t>or 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="7556ACA9" w14:textId="2CB74257" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44371737" w14:textId="29129D7F" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
               <w:t>Visualization</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10826483" w14:textId="74F22D2F" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B96D20">
               <w:t>Aut</w:t>
             </w:r>
             <w:r>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96D20">
-              <w:t>or</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 2 y 4 </w:t>
+              <w:t xml:space="preserve">or 2 y 4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="184B9A69" w14:textId="7166C97D" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="192ABCA5" w14:textId="19942A2E" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
-              <w:t>Writing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> – original draft</w:t>
+              <w:t>Writing – original draft</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1793B320" w14:textId="09BC5764" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B96D20">
               <w:t>Aut</w:t>
             </w:r>
             <w:r>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96D20">
-              <w:t>or</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 1 y 3</w:t>
+              <w:t>or 1 y 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00303062" w:rsidRPr="00B96D20" w14:paraId="19495326" w14:textId="77777777" w:rsidTr="00F208DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E0BC4C1" w14:textId="4B9D3918" w:rsidR="00303062" w:rsidRPr="00303062" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303062">
-              <w:t>Writing</w:t>
+              <w:t>Writing – review &amp; editing</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3488093D" w14:textId="60F25584" w:rsidR="00303062" w:rsidRPr="00B96D20" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B96D20">
               <w:t>Aut</w:t>
             </w:r>
             <w:r>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96D20">
-              <w:t>or</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 1, 2, 3 y 4</w:t>
+              <w:t>or 1, 2, 3 y 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="276F6212" w14:textId="77777777" w:rsidR="002D3DC6" w:rsidRDefault="002D3DC6" w:rsidP="002D3DC6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:color w:val="000000"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="0B93AB7F" w14:textId="77777777" w:rsidR="009667FA" w:rsidRPr="009667FA" w:rsidRDefault="009667FA" w:rsidP="009667FA">
+      <w:pPr>
+        <w:pStyle w:val="41Enunc1"/>
+        <w:rPr>
+          <w:rStyle w:val="Ninguno"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009667FA">
+        <w:rPr>
+          <w:rStyle w:val="Ninguno"/>
+        </w:rPr>
+        <w:t>8. Statement on the use of artificial intelligence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E842A6" w14:textId="3B26E135" w:rsidR="009667FA" w:rsidRPr="009667FA" w:rsidRDefault="009667FA" w:rsidP="009667FA">
+      <w:pPr>
+        <w:pStyle w:val="41Enunc1"/>
+        <w:rPr>
+          <w:rStyle w:val="Ninguno"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009667FA">
+        <w:rPr>
+          <w:rStyle w:val="Ninguno"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>No artificial intelligence was used in any aspect of this article / Artificial intelligence was used in this article for...</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="771221A8" w14:textId="0D43AA73" w:rsidR="00E962E6" w:rsidRDefault="00303062" w:rsidP="002D3DC6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00303062">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
         </w:rPr>
-        <w:t>Profile</w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Profile of the authors </w:t>
       </w:r>
       <w:r w:rsidR="002D3DC6" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>41_Enunc_1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DA21110" w14:textId="068A5AEC" w:rsidR="00CF60F7" w:rsidRPr="00B96D20" w:rsidRDefault="00B03D1A" w:rsidP="002F7115">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -6870,3137 +3066,336 @@
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>REMOVE THE SEMBLANCES IN THE BLIND VERSION</w:t>
       </w:r>
       <w:r w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D753D00" w14:textId="619490E1" w:rsidR="00CF60F7" w:rsidRDefault="007F5500" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
       <w:r w:rsidRPr="007F5500">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Luis Cernuda Bidón </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007F5500">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
-        <w:t>is</w:t>
-[...903 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>is a Spanish poet and literary critic and one of the fundamental figures of the Generation of ‘27. His work is part of a current that many have described as neo-romantic, as the sensitivity, melancholy and pain that his poetry exudes is always within the limits of serene restraint, in the manner of Gustavo Adolfo Bécquer, but with characteristics tinged by a sharp intellectual attitude, an essential feature of the generation to which he belonged.</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00DB5B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C2BDEF7" w14:textId="77777777" w:rsidR="007F5500" w:rsidRPr="00E962E6" w:rsidRDefault="007F5500" w:rsidP="007F5500">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F5500">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Luis Cernuda Bidón </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007F5500">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
-        <w:t>is</w:t>
-[...903 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>is a Spanish poet and literary critic and one of the fundamental figures of the Generation of ‘27. His work is part of a current that many have described as neo-romantic, as the sensitivity, melancholy and pain that his poetry exudes is always within the limits of serene restraint, in the manner of Gustavo Adolfo Bécquer, but with characteristics tinged by a sharp intellectual attitude, an essential feature of the generation to which he belonged.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB5B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A156BD2" w14:textId="77777777" w:rsidR="007F5500" w:rsidRPr="00E962E6" w:rsidRDefault="007F5500" w:rsidP="007F5500">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F5500">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Luis Cernuda Bidón </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007F5500">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
-        <w:t>is</w:t>
-[...903 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>is a Spanish poet and literary critic and one of the fundamental figures of the Generation of ‘27. His work is part of a current that many have described as neo-romantic, as the sensitivity, melancholy and pain that his poetry exudes is always within the limits of serene restraint, in the manner of Gustavo Adolfo Bécquer, but with characteristics tinged by a sharp intellectual attitude, an essential feature of the generation to which he belonged.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB5B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04349255" w14:textId="77777777" w:rsidR="00DF764F" w:rsidRDefault="00DF764F" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:color w:val="000000"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="566891E7" w14:textId="3BAD58CD" w:rsidR="00136F8A" w:rsidRPr="00031A5C" w:rsidRDefault="007F5500" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:color w:val="000000"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:color w:val="000000"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">References </w:t>
       </w:r>
       <w:r w:rsidR="002D3DC6" w:rsidRPr="00031A5C">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D3DC6" w:rsidRPr="00031A5C">
         <w:rPr>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>41</w:t>
-[...7 lines deleted...]
-        <w:t>_Enunc_1</w:t>
+        <w:t>41_Enunc_1</w:t>
       </w:r>
       <w:r w:rsidR="00B03D1A" w:rsidRPr="00031A5C">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:color w:val="000000"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04B2255C" w14:textId="77777777" w:rsidR="008517AC" w:rsidRPr="00031A5C" w:rsidRDefault="008517AC" w:rsidP="00087DDE">
       <w:pPr>
         <w:pStyle w:val="80Biblio"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00031A5C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson, P.J., Ogola, G., &amp; Williams, M. (2013). </w:t>
       </w:r>
       <w:r w:rsidRPr="00031A5C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Future of Quality </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>The Future of Quality NewsJournalism: A Cross-Continental</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031A5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Analysis.</w:t>
+      </w:r>
+      <w:r w:rsidR="00087DDE" w:rsidRPr="00DB5B17">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00087DDE" w:rsidRPr="00031A5C">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>80_Biblio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="414FF71D" w14:textId="77777777" w:rsidR="008517AC" w:rsidRPr="00B96D20" w:rsidRDefault="008517AC" w:rsidP="00E962E6">
+      <w:pPr>
+        <w:pStyle w:val="80Biblio"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00031A5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Baisnée, O. (2014). Reporting the European Union: A Study in Journalistic Boredom. En R. Kuhn, &amp; R. K. Nielsen (Eds.), </w:t>
+      </w:r>
       <w:r w:rsidRPr="00031A5C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>NewsJournalism</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Political journalism in transition: Western Europe in a comparative perspective</w:t>
+      </w:r>
       <w:r w:rsidRPr="00031A5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (pp. 131-149). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96D20">
+        <w:t>Tauris.</w:t>
+      </w:r>
+      <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 80_Biblio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33C7F252" w14:textId="77777777" w:rsidR="008517AC" w:rsidRPr="00B96D20" w:rsidRDefault="008517AC" w:rsidP="00E962E6">
+      <w:pPr>
+        <w:pStyle w:val="80Biblio"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96D20">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Berganza-Conde, R. (2008). Medios de comunicación, “espiral del cinismo” y desconfianza política. Estudio de caso de la cobertura mediática de los comicios electorales europeos. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96D20">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+        </w:rPr>
+        <w:t>ZER-Revista de estudios de comunicación, 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96D20">
+        <w:t>(25), 121-139.</w:t>
+      </w:r>
+      <w:r w:rsidR="00087DDE" w:rsidRPr="00DB5B17">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
+        <w:rPr>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>80_Biblio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A80504" w14:textId="77777777" w:rsidR="002E1138" w:rsidRDefault="008517AC" w:rsidP="00E962E6">
+      <w:pPr>
+        <w:pStyle w:val="80Biblio"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96D20">
+        <w:t xml:space="preserve">Bijsmans, P., &amp; Altides, C. (2007). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031A5C">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>: A Cross-Continental</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00031A5C">
+        <w:t xml:space="preserve">‘Bridging the Gap’ between EU Politics and Citizens? The European Commission, National Media and EU Affairs in the Public Sphere. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96D20">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-US"/>
-[...107 lines deleted...]
-        <w:t>, 29</w:t>
+        </w:rPr>
+        <w:t>European Integration, 29</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">(3), 323-340. https://doi.org/10.1080/07036330701442315 </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>80_Biblio</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00D51A09" w14:textId="77777777" w:rsidR="008A186E" w:rsidRPr="00B96D20" w:rsidRDefault="002E1138" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="80Biblio"/>
       </w:pPr>
       <w:r w:rsidRPr="002E1138">
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, Á. (2016). Dimensiones e indicadores de la calidad informativa en los medios digitales. </w:t>
+        <w:t xml:space="preserve">Romero-Rodríguez, L. M., De-Casas-Moreno, P., &amp; Torres-Toukoumidis, Á. (2016). Dimensiones e indicadores de la calidad informativa en los medios digitales. </w:t>
       </w:r>
       <w:r w:rsidRPr="002E1138">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Comunicar</w:t>
       </w:r>
       <w:r w:rsidRPr="002E1138">
         <w:t>, (49), 91-100. https://doi.org/10.3916/C49-2016-09</w:t>
       </w:r>
       <w:r w:rsidRPr="002E1138">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>80_Biblio</w:t>
       </w:r>
@@ -10112,77 +3507,55 @@
         <w:t>.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00031A5C">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Waller, L. (2017). </w:t>
       </w:r>
       <w:r w:rsidRPr="00031A5C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Local journalism in a digital world.</w:t>
       </w:r>
       <w:r w:rsidRPr="00031A5C">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00044641">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         </w:rPr>
-        <w:t>Palgrave</w:t>
-[...20 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Palgrave MacMillan.</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>80_Biblio</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54D8E97D" w14:textId="7D16F2B6" w:rsidR="00B90B7C" w:rsidRPr="002F7115" w:rsidRDefault="00B90B7C" w:rsidP="00044641">
       <w:pPr>
         <w:pStyle w:val="80Biblio"/>
       </w:pPr>
       <w:r w:rsidRPr="007F5500">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="007F5500" w:rsidRPr="007F5500">
@@ -10199,60 +3572,52 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="20823A1A" w14:textId="77777777" w:rsidR="00663C80" w:rsidRPr="002E1138" w:rsidRDefault="002E1138" w:rsidP="00044641">
       <w:pPr>
         <w:pStyle w:val="80Biblio"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E1138">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         </w:rPr>
         <w:t>Figuereo-Benítez, J. C., Oliveira, J. S.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         </w:rPr>
         <w:t>, &amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="002E1138">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mancinas-Chávez, R. (2022). TikTok como herramienta de comunicación política de los presidentes iberoamericanos. En I. </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Mancinas-Chávez, R. (2022). TikTok como herramienta de comunicación política de los presidentes iberoamericanos. En I. Aguaded</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002E1138">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         </w:rPr>
         <w:t>A. Vizcaíno-Verdú</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002E1138">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Á. Hernando-Gómez, &amp; M. Bonilla-del-Río (Eds.), </w:t>
       </w:r>
       <w:r w:rsidRPr="002E1138">
@@ -10308,135 +3673,65 @@
         <w:pStyle w:val="80Biblio"/>
       </w:pPr>
       <w:r w:rsidRPr="00E50AA3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="007F5500" w:rsidRPr="007F5500">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>EXAMPLE OF AN ARTICLE PUBLISHED IN AN ACADEMIC JOURNAL</w:t>
       </w:r>
       <w:r w:rsidRPr="00E50AA3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A48B557" w14:textId="77777777" w:rsidR="00B90B7C" w:rsidRPr="00044641" w:rsidRDefault="00663C80" w:rsidP="00044641">
       <w:pPr>
         <w:pStyle w:val="80Biblio"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00044641">
-        <w:t>Masini</w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">, S. (2018). </w:t>
+        <w:t xml:space="preserve">Masini, A., Van-Aelst, P., Zerback, T., Reinemann, C., Mancini, P., Mazzoni, M, Damiani, M., &amp; Coen, S. (2018). </w:t>
       </w:r>
       <w:r w:rsidRPr="00031A5C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Measuring and Explaining the Diversity of Voices and Viewpoints in the News. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00044641">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Journalism</w:t>
-[...23 lines deleted...]
-        <w:t>, 19</w:t>
+        <w:t>Journalism Studies, 19</w:t>
       </w:r>
       <w:r w:rsidRPr="00044641">
         <w:t xml:space="preserve">(15), 2324-2343. </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00087DDE" w:rsidRPr="00C524CB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/1461670X.2017.1343650</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00087DDE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>80_Biblio</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3261BE72" w14:textId="0EB75E5F" w:rsidR="00B90B7C" w:rsidRPr="00044641" w:rsidRDefault="00B90B7C" w:rsidP="00044641">
       <w:pPr>
         <w:pStyle w:val="80Biblio"/>
@@ -10606,57 +3901,52 @@
         <w:pStyle w:val="80Biblio"/>
       </w:pPr>
       <w:r w:rsidRPr="007F5500">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="007F5500" w:rsidRPr="007F5500">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>THESIS EXAMPLE</w:t>
       </w:r>
       <w:r w:rsidRPr="007F5500">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0958ECCC" w14:textId="4EC68C1A" w:rsidR="00F6658D" w:rsidRPr="00044641" w:rsidRDefault="00291037" w:rsidP="00044641">
       <w:pPr>
         <w:pStyle w:val="80Biblio"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00044641">
-        <w:t>Goyache</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Goñi, J. (2002). </w:t>
+        <w:t xml:space="preserve">Goyache Goñi, J. (2002). </w:t>
       </w:r>
       <w:r w:rsidRPr="00044641">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Aplicación de los anticuerpos monoclonales para la detección de enterotoxinas estafilocócicas</w:t>
       </w:r>
       <w:r w:rsidRPr="00044641">
         <w:t xml:space="preserve"> [Tesis doctoral, Universidad Complutense de Madrid]. Docta Complutense. </w:t>
       </w:r>
       <w:r w:rsidR="007B421C" w:rsidRPr="00044641">
         <w:t xml:space="preserve">https://goo.su/6q07s </w:t>
       </w:r>
       <w:r w:rsidR="00663C80" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="007F5500" w:rsidRPr="007F5500">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ALL URLS SHORTENED WITH THE TOOL OF YOUR CHOICE. DOI ARE NEVER SHORTENED</w:t>
@@ -10668,295 +3958,238 @@
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>80_Biblio</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F6658D" w:rsidRPr="00044641" w:rsidSect="00760B2E">
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2233D975" w14:textId="77777777" w:rsidR="00C14E64" w:rsidRDefault="00C14E64" w:rsidP="002F7115">
+    <w:p w14:paraId="4281916B" w14:textId="77777777" w:rsidR="001F66AF" w:rsidRDefault="001F66AF" w:rsidP="002F7115">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F77B816" w14:textId="77777777" w:rsidR="00C14E64" w:rsidRDefault="00C14E64" w:rsidP="002F7115">
+    <w:p w14:paraId="4B4DBE0F" w14:textId="77777777" w:rsidR="001F66AF" w:rsidRDefault="001F66AF" w:rsidP="002F7115">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02010601000101010101"/>
+    <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
-    <w:panose1 w:val="02070409020205020404"/>
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
-    <w:altName w:val="Sylfaen"/>
-    <w:panose1 w:val="02020603050405020304"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
+    <w:panose1 w:val="020B0600040502020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="News Gothic MT">
+    <w:panose1 w:val="020B0503020103020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45FA28E7" w14:textId="77777777" w:rsidR="003F7D31" w:rsidRPr="00760B2E" w:rsidRDefault="003F7D31" w:rsidP="002F7115">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r w:rsidRPr="009242EA">
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13217C75" w14:textId="77777777" w:rsidR="00C14E64" w:rsidRDefault="00C14E64" w:rsidP="002F7115">
+    <w:p w14:paraId="1F0038EE" w14:textId="77777777" w:rsidR="001F66AF" w:rsidRDefault="001F66AF" w:rsidP="002F7115">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32C6655E" w14:textId="77777777" w:rsidR="00C14E64" w:rsidRDefault="00C14E64" w:rsidP="002F7115">
+    <w:p w14:paraId="736A9A77" w14:textId="77777777" w:rsidR="001F66AF" w:rsidRDefault="001F66AF" w:rsidP="002F7115">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="483B1AE7" w14:textId="4002A306" w:rsidR="00FE1B6B" w:rsidRPr="00FE1B6B" w:rsidRDefault="00FE1B6B" w:rsidP="00C67EC3">
       <w:pPr>
         <w:pStyle w:val="zznotas"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A7FDB" w:rsidRPr="003A7FDB">
-        <w:t xml:space="preserve">Notes </w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> 10</w:t>
+        <w:t>Notes shall be included only when strictly necessary. No more than 10</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C67EC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C67EC3" w:rsidRPr="00C67EC3">
         <w:rPr>
           <w:b/>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>zz_notas</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="233606FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1864FD7A"/>
     <w:lvl w:ilvl="0" w:tplc="491AD326">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12211,53 +5444,52 @@
   <w:num w:numId="6" w16cid:durableId="999848831">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1849447886">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="126092116">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1701085095">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="432089977">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1790247443">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="36398796">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="210"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E60FAB"/>
     <w:rsid w:val="00000556"/>
@@ -12525,50 +5757,51 @@
     <w:rsid w:val="001D17FF"/>
     <w:rsid w:val="001D216F"/>
     <w:rsid w:val="001D2647"/>
     <w:rsid w:val="001D34B7"/>
     <w:rsid w:val="001D43D9"/>
     <w:rsid w:val="001D4503"/>
     <w:rsid w:val="001D4A27"/>
     <w:rsid w:val="001D7ACF"/>
     <w:rsid w:val="001D7AD4"/>
     <w:rsid w:val="001D7D78"/>
     <w:rsid w:val="001D7DF9"/>
     <w:rsid w:val="001E0038"/>
     <w:rsid w:val="001E04DD"/>
     <w:rsid w:val="001E05C2"/>
     <w:rsid w:val="001E137C"/>
     <w:rsid w:val="001E25BA"/>
     <w:rsid w:val="001E279C"/>
     <w:rsid w:val="001E519D"/>
     <w:rsid w:val="001E522C"/>
     <w:rsid w:val="001E65A6"/>
     <w:rsid w:val="001F08F7"/>
     <w:rsid w:val="001F13C6"/>
     <w:rsid w:val="001F1A92"/>
     <w:rsid w:val="001F2B5A"/>
     <w:rsid w:val="001F4F7E"/>
+    <w:rsid w:val="001F66AF"/>
     <w:rsid w:val="001F69EA"/>
     <w:rsid w:val="00200231"/>
     <w:rsid w:val="0020045B"/>
     <w:rsid w:val="00200C92"/>
     <w:rsid w:val="002010D4"/>
     <w:rsid w:val="00204C71"/>
     <w:rsid w:val="002058D0"/>
     <w:rsid w:val="00205AED"/>
     <w:rsid w:val="002061C6"/>
     <w:rsid w:val="00206EAC"/>
     <w:rsid w:val="0020778A"/>
     <w:rsid w:val="002106B1"/>
     <w:rsid w:val="00210757"/>
     <w:rsid w:val="00210E59"/>
     <w:rsid w:val="00211543"/>
     <w:rsid w:val="00212D3E"/>
     <w:rsid w:val="00213CF5"/>
     <w:rsid w:val="002140E8"/>
     <w:rsid w:val="002144DF"/>
     <w:rsid w:val="002147F9"/>
     <w:rsid w:val="00215AF2"/>
     <w:rsid w:val="00216AA3"/>
     <w:rsid w:val="00216EF7"/>
     <w:rsid w:val="00220048"/>
     <w:rsid w:val="00220884"/>
@@ -12956,50 +6189,51 @@
     <w:rsid w:val="004E25C8"/>
     <w:rsid w:val="004E3AD1"/>
     <w:rsid w:val="004E4301"/>
     <w:rsid w:val="004E4658"/>
     <w:rsid w:val="004E4E5B"/>
     <w:rsid w:val="004E637E"/>
     <w:rsid w:val="004E6E85"/>
     <w:rsid w:val="004E6F98"/>
     <w:rsid w:val="004F1E0E"/>
     <w:rsid w:val="004F3FF2"/>
     <w:rsid w:val="004F4157"/>
     <w:rsid w:val="004F44AF"/>
     <w:rsid w:val="004F6A60"/>
     <w:rsid w:val="004F783F"/>
     <w:rsid w:val="004F78FF"/>
     <w:rsid w:val="004F7C8F"/>
     <w:rsid w:val="0050139D"/>
     <w:rsid w:val="00501607"/>
     <w:rsid w:val="00501D9F"/>
     <w:rsid w:val="005023C5"/>
     <w:rsid w:val="005029A7"/>
     <w:rsid w:val="00504C01"/>
     <w:rsid w:val="00504E6C"/>
     <w:rsid w:val="00506068"/>
     <w:rsid w:val="00510001"/>
+    <w:rsid w:val="005121E5"/>
     <w:rsid w:val="005128CC"/>
     <w:rsid w:val="00512E9B"/>
     <w:rsid w:val="005157EF"/>
     <w:rsid w:val="00515A44"/>
     <w:rsid w:val="00515D73"/>
     <w:rsid w:val="0051628A"/>
     <w:rsid w:val="005162DB"/>
     <w:rsid w:val="005176EB"/>
     <w:rsid w:val="00520DFC"/>
     <w:rsid w:val="00521F68"/>
     <w:rsid w:val="0052323D"/>
     <w:rsid w:val="00523C86"/>
     <w:rsid w:val="00525421"/>
     <w:rsid w:val="00525F12"/>
     <w:rsid w:val="00526674"/>
     <w:rsid w:val="00527540"/>
     <w:rsid w:val="0053192D"/>
     <w:rsid w:val="00535C35"/>
     <w:rsid w:val="00537196"/>
     <w:rsid w:val="00537BBD"/>
     <w:rsid w:val="0054282F"/>
     <w:rsid w:val="005442BE"/>
     <w:rsid w:val="00544CE5"/>
     <w:rsid w:val="0054597E"/>
     <w:rsid w:val="00546167"/>
@@ -13493,50 +6727,51 @@
     <w:rsid w:val="00934F90"/>
     <w:rsid w:val="009356EB"/>
     <w:rsid w:val="00941418"/>
     <w:rsid w:val="0094282E"/>
     <w:rsid w:val="00943B8C"/>
     <w:rsid w:val="00943FB8"/>
     <w:rsid w:val="00944309"/>
     <w:rsid w:val="00945FAB"/>
     <w:rsid w:val="00947439"/>
     <w:rsid w:val="009474FB"/>
     <w:rsid w:val="00947901"/>
     <w:rsid w:val="00953219"/>
     <w:rsid w:val="00953F1B"/>
     <w:rsid w:val="00954171"/>
     <w:rsid w:val="0095614C"/>
     <w:rsid w:val="00956985"/>
     <w:rsid w:val="00956CC7"/>
     <w:rsid w:val="00957A21"/>
     <w:rsid w:val="009602FC"/>
     <w:rsid w:val="0096085B"/>
     <w:rsid w:val="00962DD3"/>
     <w:rsid w:val="00963034"/>
     <w:rsid w:val="00963B93"/>
     <w:rsid w:val="009655A2"/>
     <w:rsid w:val="009659E1"/>
+    <w:rsid w:val="009667FA"/>
     <w:rsid w:val="00967C57"/>
     <w:rsid w:val="00970588"/>
     <w:rsid w:val="00973292"/>
     <w:rsid w:val="0097414F"/>
     <w:rsid w:val="00975E92"/>
     <w:rsid w:val="00980139"/>
     <w:rsid w:val="00980623"/>
     <w:rsid w:val="0098081E"/>
     <w:rsid w:val="009817D0"/>
     <w:rsid w:val="00981DB6"/>
     <w:rsid w:val="00981E30"/>
     <w:rsid w:val="00984178"/>
     <w:rsid w:val="00984A59"/>
     <w:rsid w:val="00984A90"/>
     <w:rsid w:val="00984AEE"/>
     <w:rsid w:val="00984B00"/>
     <w:rsid w:val="00985A27"/>
     <w:rsid w:val="00986756"/>
     <w:rsid w:val="00986FE8"/>
     <w:rsid w:val="00987DA1"/>
     <w:rsid w:val="00990B16"/>
     <w:rsid w:val="00990E2C"/>
     <w:rsid w:val="00990F3F"/>
     <w:rsid w:val="00991332"/>
     <w:rsid w:val="0099200A"/>
@@ -14392,51 +7627,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6E098CA4"/>
   <w15:docId w15:val="{88B6AC7F-CE46-E14C-99AD-5ACC96B125D8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16359,51 +9594,51 @@
     <w:name w:val="zz_notas"/>
     <w:basedOn w:val="Textonotapie"/>
     <w:rsid w:val="00C67EC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00303062"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="15736036">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="65494224">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18059,58 +11294,58 @@
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="111524096"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -18422,58 +11657,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="zero"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -18800,70 +12035,70 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40A15E51-0B09-4448-9955-117574C972AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>12066</Characters>
+  <Pages>6</Pages>
+  <Words>2220</Words>
+  <Characters>12214</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
+  <Lines>101</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14231</CharactersWithSpaces>
+  <CharactersWithSpaces>14406</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ámbitos</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>