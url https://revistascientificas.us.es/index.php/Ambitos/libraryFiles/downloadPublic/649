--- v0 (2025-12-09)
+++ v1 (2025-12-26)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="19F2CB6B" w14:textId="77777777" w:rsidR="00851A21" w:rsidRPr="00851A21" w:rsidRDefault="00387361" w:rsidP="00031A5C">
       <w:pPr>
         <w:pStyle w:val="10TtuloPpal"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">Título del </w:t>
       </w:r>
       <w:r w:rsidRPr="00851A21">
         <w:t>artículo</w:t>
       </w:r>
       <w:r w:rsidR="00CA7BD1" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA7BD1" w:rsidRPr="002F7115">
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidR="00CA7BD1" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve"> español</w:t>
       </w:r>
@@ -543,63 +543,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DB5B17" w:rsidRPr="00D25F72">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D424A1" w:rsidRPr="00D25F72">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>30_Resumen_Tit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="217FCDEC" w14:textId="5F4C3306" w:rsidR="00FE1B6B" w:rsidRPr="00B96D20" w:rsidRDefault="00A5100C" w:rsidP="00087DDE">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
       </w:pPr>
       <w:r w:rsidRPr="00A5100C">
-        <w:t xml:space="preserve">Marcando la opción superior derecha </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> puede mantener el estilo </w:t>
+        <w:t xml:space="preserve">Marcando la opción superior derecha “Panel de estilos” puede mantener el estilo </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
       <w:r w:rsidRPr="00A5100C">
         <w:t>present</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5100C">
         <w:t xml:space="preserve"> la plantilla. </w:t>
       </w:r>
       <w:r w:rsidR="0079250E" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">Se incluirán aquí unas 250 palabras para explicar de forma concisa el tema central del estudio, la justificación del tema, objetivos esenciales, metodología del estudio y principales hallazgos. </w:t>
       </w:r>
       <w:r w:rsidR="00403AB1" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve">Este resumen </w:t>
       </w:r>
       <w:r w:rsidR="00403AB1" w:rsidRPr="002F7115">
         <w:t>no</w:t>
       </w:r>
       <w:r w:rsidR="00403AB1" w:rsidRPr="00B96D20">
         <w:t xml:space="preserve"> debe contener menos de 2</w:t>
       </w:r>
@@ -3231,67 +3219,142 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000556" w:rsidRPr="00B96D20" w14:paraId="184B9A69" w14:textId="77777777" w:rsidTr="002D3DC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="192ABCA5" w14:textId="77777777" w:rsidR="00000556" w:rsidRPr="00B96D20" w:rsidRDefault="00F1546F" w:rsidP="002D3DC6">
             <w:r w:rsidRPr="00B96D20">
               <w:t>Redacción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1793B320" w14:textId="77777777" w:rsidR="00000556" w:rsidRPr="00B96D20" w:rsidRDefault="001721CA" w:rsidP="002D3DC6">
             <w:r w:rsidRPr="00B96D20">
               <w:t>Autor 1 y 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="276F6212" w14:textId="77777777" w:rsidR="002D3DC6" w:rsidRDefault="002D3DC6" w:rsidP="002D3DC6">
+    <w:p w14:paraId="3FDF586F" w14:textId="77777777" w:rsidR="00371EFA" w:rsidRDefault="002D3DC6" w:rsidP="00371EFA">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:color w:val="000000"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7968284D" w14:textId="05E473B0" w:rsidR="00371EFA" w:rsidRPr="0088565F" w:rsidRDefault="00371EFA" w:rsidP="00371EFA">
+      <w:pPr>
+        <w:pStyle w:val="41Enunc1"/>
+        <w:rPr>
+          <w:rStyle w:val="Ninguno"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Ninguno"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088565F">
+        <w:rPr>
+          <w:rStyle w:val="Ninguno"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Declaración sobre uso de inteligencia artificial</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BDF0C08" w14:textId="53810FC6" w:rsidR="00371EFA" w:rsidRPr="0088565F" w:rsidRDefault="00371EFA" w:rsidP="00371EFA">
+      <w:pPr>
+        <w:pStyle w:val="41Enunc1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0088565F">
+        <w:rPr>
+          <w:rStyle w:val="Ninguno"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En este artículo no se utilizó inteligencia artificial para ningún aspecto </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0088565F">
+        <w:rPr>
+          <w:rStyle w:val="Ninguno"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>del mismo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Ninguno"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / En este artículo se utilizó inteligencia artificial para…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276F6212" w14:textId="26DD64B3" w:rsidR="002D3DC6" w:rsidRDefault="002D3DC6" w:rsidP="002D3DC6">
+      <w:pPr>
+        <w:pStyle w:val="41Enunc1"/>
+        <w:rPr>
+          <w:rStyle w:val="Ninguno"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="771221A8" w14:textId="77777777" w:rsidR="00E962E6" w:rsidRDefault="00CF60F7" w:rsidP="002D3DC6">
       <w:pPr>
         <w:pStyle w:val="41Enunc1"/>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D3DC6">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
         </w:rPr>
         <w:t>Semblanza</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96D20">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:color w:val="000000"/>
           <w:u w:color="000000"/>
@@ -3341,51 +3404,50 @@
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> LAS SEMBLANZAS EN LA VERSIÓN ANONIMIZADA]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D753D00" w14:textId="77777777" w:rsidR="00CF60F7" w:rsidRPr="00E962E6" w:rsidRDefault="00CF60F7" w:rsidP="00E962E6">
       <w:pPr>
         <w:pStyle w:val="40bsc"/>
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E962E6">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Luis Cernuda Bidón</w:t>
       </w:r>
       <w:r w:rsidRPr="00E962E6">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> es poeta crítico literario español y una de las figuras fundamentales de la Generación del 27. Su obra se inscribe dentro de una corriente que muchos han calificado de neorromántica, pues la sensibilidad, melancolía y dolor que destila su poesía se halla siempre dentro de unos límites de serena contención, a la manera de Gustavo Adolfo Bécquer, pero con características matizadas por una aguda actitud intelectual, rasgo esencial de la generación a la que perteneció</w:t>
       </w:r>
       <w:r w:rsidR="00E962E6">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00DB5B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00A15222">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>40_bsc</w:t>
       </w:r>
@@ -3527,65 +3589,51 @@
         <w:t>41_Enunc_1</w:t>
       </w:r>
       <w:r w:rsidR="00B03D1A" w:rsidRPr="00031A5C">
         <w:rPr>
           <w:rStyle w:val="Ninguno"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:color w:val="000000"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04B2255C" w14:textId="77777777" w:rsidR="008517AC" w:rsidRPr="00031A5C" w:rsidRDefault="008517AC" w:rsidP="00087DDE">
       <w:pPr>
         <w:pStyle w:val="80Biblio"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00031A5C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Anderson, P.J., </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, G., &amp; Williams, M. (2013). </w:t>
+        <w:t xml:space="preserve">Anderson, P.J., Ogola, G., &amp; Williams, M. (2013). </w:t>
       </w:r>
       <w:r w:rsidRPr="00031A5C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The Future of Quality </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00031A5C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>NewsJournalism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00031A5C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -4100,50 +4148,51 @@
           </w:rPr>
           <w:t>https://doi.org/10.3916/Alfamed2022</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00087DDE">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>80_Biblio</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EFBBB2E" w14:textId="77777777" w:rsidR="00B90B7C" w:rsidRPr="00B96D20" w:rsidRDefault="00B90B7C" w:rsidP="00044641">
       <w:pPr>
         <w:pStyle w:val="80Biblio"/>
       </w:pPr>
       <w:r w:rsidRPr="00E50AA3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>[EJEMPLO DE ARTÍCULO PUBLICADO EN REVISTA ACADÉMICA]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A48B557" w14:textId="77777777" w:rsidR="00B90B7C" w:rsidRPr="00044641" w:rsidRDefault="00663C80" w:rsidP="00044641">
       <w:pPr>
         <w:pStyle w:val="80Biblio"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00044641">
         <w:t>Masini</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00044641">
         <w:t>, A., Van-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00044641">
         <w:t>Aelst</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00044641">
         <w:t xml:space="preserve">, P., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00044641">
@@ -4222,51 +4271,50 @@
         <w:r w:rsidR="00087DDE" w:rsidRPr="00C524CB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/1461670X.2017.1343650</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00087DDE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>80_Biblio</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3261BE72" w14:textId="77777777" w:rsidR="00B90B7C" w:rsidRPr="00044641" w:rsidRDefault="00B90B7C" w:rsidP="00044641">
       <w:pPr>
         <w:pStyle w:val="80Biblio"/>
       </w:pPr>
       <w:r w:rsidRPr="00E50AA3">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>[EJEMPLO DE PÁGINAS Y SITIOS WEB]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AD3EE35" w14:textId="77777777" w:rsidR="002E1138" w:rsidRPr="00087DDE" w:rsidRDefault="00B90B7C" w:rsidP="00044641">
       <w:pPr>
         <w:pStyle w:val="80Biblio"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00031A5C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>World Health Organization. (2018). </w:t>
       </w:r>
       <w:r w:rsidRPr="00087DDE">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Questions and answers on immunization and vaccine</w:t>
       </w:r>
       <w:r w:rsidRPr="00087DDE">
         <w:rPr>
@@ -4420,83 +4468,82 @@
         <w:t>[TODAS LAS URL ACORTADAS CON LA HERRAMIENTA QUE DESEE. LOS DOI NUNCA SE ACORTAN]</w:t>
       </w:r>
       <w:r w:rsidR="00087DDE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00087DDE" w:rsidRPr="00087DDE">
         <w:rPr>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>80_Biblio</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F6658D" w:rsidRPr="00044641" w:rsidSect="00760B2E">
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64D9B347" w14:textId="77777777" w:rsidR="008063EC" w:rsidRDefault="008063EC" w:rsidP="002F7115">
+    <w:p w14:paraId="5ED2D60C" w14:textId="77777777" w:rsidR="00AF1955" w:rsidRDefault="00AF1955" w:rsidP="002F7115">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="646FAB19" w14:textId="77777777" w:rsidR="008063EC" w:rsidRDefault="008063EC" w:rsidP="002F7115">
+    <w:p w14:paraId="6666D296" w14:textId="77777777" w:rsidR="00AF1955" w:rsidRDefault="00AF1955" w:rsidP="002F7115">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
@@ -4504,109 +4551,108 @@
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
-    <w:altName w:val="Sylfaen"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:panose1 w:val="020B0600040502020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="News Gothic MT">
     <w:panose1 w:val="020B0503020103020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45FA28E7" w14:textId="77777777" w:rsidR="003F7D31" w:rsidRPr="00760B2E" w:rsidRDefault="003F7D31" w:rsidP="002F7115">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r w:rsidRPr="009242EA">
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="267A5969" w14:textId="77777777" w:rsidR="008063EC" w:rsidRDefault="008063EC" w:rsidP="002F7115">
+    <w:p w14:paraId="16CD8D10" w14:textId="77777777" w:rsidR="00AF1955" w:rsidRDefault="00AF1955" w:rsidP="002F7115">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20D9D55B" w14:textId="77777777" w:rsidR="008063EC" w:rsidRDefault="008063EC" w:rsidP="002F7115">
+    <w:p w14:paraId="099B68FD" w14:textId="77777777" w:rsidR="00AF1955" w:rsidRDefault="00AF1955" w:rsidP="002F7115">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="483B1AE7" w14:textId="77777777" w:rsidR="00FE1B6B" w:rsidRPr="00FE1B6B" w:rsidRDefault="00FE1B6B" w:rsidP="00C67EC3">
       <w:pPr>
         <w:pStyle w:val="zznotas"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE1B6B">
         <w:t xml:space="preserve">Se incluirán notas solo cuando sean </w:t>
       </w:r>
@@ -4622,51 +4668,51 @@
       <w:r w:rsidRPr="00FE1B6B">
         <w:t xml:space="preserve"> más de 10</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C67EC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C67EC3" w:rsidRPr="00C67EC3">
         <w:rPr>
           <w:b/>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>zz_notas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="233606FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1864FD7A"/>
     <w:lvl w:ilvl="0" w:tplc="491AD326">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5921,52 +5967,52 @@
   <w:num w:numId="6" w16cid:durableId="999848831">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1849447886">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="126092116">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1701085095">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="432089977">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1790247443">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="36398796">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="190"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="210"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E60FAB"/>
@@ -6458,50 +6504,51 @@
     <w:rsid w:val="003463A5"/>
     <w:rsid w:val="0035013F"/>
     <w:rsid w:val="003528F0"/>
     <w:rsid w:val="00353DEE"/>
     <w:rsid w:val="00353E16"/>
     <w:rsid w:val="00353E7D"/>
     <w:rsid w:val="0035422E"/>
     <w:rsid w:val="00354929"/>
     <w:rsid w:val="0035583E"/>
     <w:rsid w:val="003561D0"/>
     <w:rsid w:val="003566A1"/>
     <w:rsid w:val="00357309"/>
     <w:rsid w:val="0036026C"/>
     <w:rsid w:val="0036070B"/>
     <w:rsid w:val="00360EBE"/>
     <w:rsid w:val="00362BA2"/>
     <w:rsid w:val="00362EC4"/>
     <w:rsid w:val="0036372A"/>
     <w:rsid w:val="00364129"/>
     <w:rsid w:val="0036527E"/>
     <w:rsid w:val="0036578C"/>
     <w:rsid w:val="003666E6"/>
     <w:rsid w:val="00366FA7"/>
     <w:rsid w:val="00370938"/>
     <w:rsid w:val="00370B03"/>
+    <w:rsid w:val="00371EFA"/>
     <w:rsid w:val="003722AA"/>
     <w:rsid w:val="00374462"/>
     <w:rsid w:val="003755C2"/>
     <w:rsid w:val="003825E0"/>
     <w:rsid w:val="00382C30"/>
     <w:rsid w:val="00382F9E"/>
     <w:rsid w:val="003845FB"/>
     <w:rsid w:val="00386C2B"/>
     <w:rsid w:val="00387361"/>
     <w:rsid w:val="003873F6"/>
     <w:rsid w:val="00390101"/>
     <w:rsid w:val="003906C9"/>
     <w:rsid w:val="00392359"/>
     <w:rsid w:val="003927D2"/>
     <w:rsid w:val="00393CBD"/>
     <w:rsid w:val="003946FA"/>
     <w:rsid w:val="00394E98"/>
     <w:rsid w:val="00395626"/>
     <w:rsid w:val="0039625C"/>
     <w:rsid w:val="0039668B"/>
     <w:rsid w:val="00397751"/>
     <w:rsid w:val="003A096B"/>
     <w:rsid w:val="003A2953"/>
     <w:rsid w:val="003A4995"/>
     <w:rsid w:val="003A5C28"/>
@@ -6662,50 +6709,51 @@
     <w:rsid w:val="004E25C8"/>
     <w:rsid w:val="004E3AD1"/>
     <w:rsid w:val="004E4301"/>
     <w:rsid w:val="004E4658"/>
     <w:rsid w:val="004E4E5B"/>
     <w:rsid w:val="004E637E"/>
     <w:rsid w:val="004E6E85"/>
     <w:rsid w:val="004E6F98"/>
     <w:rsid w:val="004F1E0E"/>
     <w:rsid w:val="004F3FF2"/>
     <w:rsid w:val="004F4157"/>
     <w:rsid w:val="004F44AF"/>
     <w:rsid w:val="004F6A60"/>
     <w:rsid w:val="004F783F"/>
     <w:rsid w:val="004F78FF"/>
     <w:rsid w:val="004F7C8F"/>
     <w:rsid w:val="0050139D"/>
     <w:rsid w:val="00501607"/>
     <w:rsid w:val="00501D9F"/>
     <w:rsid w:val="005023C5"/>
     <w:rsid w:val="005029A7"/>
     <w:rsid w:val="00504C01"/>
     <w:rsid w:val="00504E6C"/>
     <w:rsid w:val="00506068"/>
     <w:rsid w:val="00510001"/>
+    <w:rsid w:val="005121E5"/>
     <w:rsid w:val="005128CC"/>
     <w:rsid w:val="00512E9B"/>
     <w:rsid w:val="005157EF"/>
     <w:rsid w:val="00515A44"/>
     <w:rsid w:val="00515D73"/>
     <w:rsid w:val="0051628A"/>
     <w:rsid w:val="005162DB"/>
     <w:rsid w:val="005176EB"/>
     <w:rsid w:val="00520DFC"/>
     <w:rsid w:val="00521F68"/>
     <w:rsid w:val="0052323D"/>
     <w:rsid w:val="00523C86"/>
     <w:rsid w:val="00525421"/>
     <w:rsid w:val="00525F12"/>
     <w:rsid w:val="00526674"/>
     <w:rsid w:val="00527540"/>
     <w:rsid w:val="0053192D"/>
     <w:rsid w:val="00535C35"/>
     <w:rsid w:val="00537196"/>
     <w:rsid w:val="00537BBD"/>
     <w:rsid w:val="0054282F"/>
     <w:rsid w:val="005442BE"/>
     <w:rsid w:val="00544CE5"/>
     <w:rsid w:val="0054597E"/>
     <w:rsid w:val="00546167"/>
@@ -7402,50 +7450,51 @@
     <w:rsid w:val="00AB2C3F"/>
     <w:rsid w:val="00AB2CDE"/>
     <w:rsid w:val="00AB3D5E"/>
     <w:rsid w:val="00AB4114"/>
     <w:rsid w:val="00AB4ACC"/>
     <w:rsid w:val="00AB5BF8"/>
     <w:rsid w:val="00AC04B7"/>
     <w:rsid w:val="00AC0595"/>
     <w:rsid w:val="00AC22D9"/>
     <w:rsid w:val="00AC31E9"/>
     <w:rsid w:val="00AC42CF"/>
     <w:rsid w:val="00AC535A"/>
     <w:rsid w:val="00AC6CBF"/>
     <w:rsid w:val="00AD4B0C"/>
     <w:rsid w:val="00AD78EF"/>
     <w:rsid w:val="00AE04EE"/>
     <w:rsid w:val="00AE0AF2"/>
     <w:rsid w:val="00AE0D21"/>
     <w:rsid w:val="00AE0DBC"/>
     <w:rsid w:val="00AE0EF5"/>
     <w:rsid w:val="00AE4577"/>
     <w:rsid w:val="00AE485D"/>
     <w:rsid w:val="00AE48F6"/>
     <w:rsid w:val="00AE5643"/>
     <w:rsid w:val="00AE7578"/>
+    <w:rsid w:val="00AF1955"/>
     <w:rsid w:val="00AF1FF1"/>
     <w:rsid w:val="00AF48F0"/>
     <w:rsid w:val="00AF5205"/>
     <w:rsid w:val="00AF689D"/>
     <w:rsid w:val="00AF7B80"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B02132"/>
     <w:rsid w:val="00B03D1A"/>
     <w:rsid w:val="00B03F08"/>
     <w:rsid w:val="00B043B9"/>
     <w:rsid w:val="00B048E7"/>
     <w:rsid w:val="00B04C4F"/>
     <w:rsid w:val="00B050D7"/>
     <w:rsid w:val="00B0515F"/>
     <w:rsid w:val="00B1088A"/>
     <w:rsid w:val="00B10EFF"/>
     <w:rsid w:val="00B11409"/>
     <w:rsid w:val="00B13363"/>
     <w:rsid w:val="00B13CCD"/>
     <w:rsid w:val="00B14047"/>
     <w:rsid w:val="00B140E7"/>
     <w:rsid w:val="00B14168"/>
     <w:rsid w:val="00B1500C"/>
     <w:rsid w:val="00B15A03"/>
     <w:rsid w:val="00B15B76"/>
@@ -8083,51 +8132,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6E098CA4"/>
   <w15:docId w15:val="{88B6AC7F-CE46-E14C-99AD-5ACC96B125D8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10038,51 +10087,51 @@
     <w:name w:val="80_Biblio"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E962E6"/>
     <w:pPr>
       <w:spacing w:before="240"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="zznotas">
     <w:name w:val="zz_notas"/>
     <w:basedOn w:val="Textonotapie"/>
     <w:rsid w:val="00C67EC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="15736036">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="65494224">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11738,58 +11787,58 @@
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="111524096"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -12101,58 +12150,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="zero"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -12482,67 +12531,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40A15E51-0B09-4448-9955-117574C972AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2228</Words>
-  <Characters>12259</Characters>
+  <Words>2259</Words>
+  <Characters>12426</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>103</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14459</CharactersWithSpaces>
+  <CharactersWithSpaces>14656</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ámbitos</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>